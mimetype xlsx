--- v0 (2025-10-02)
+++ v1 (2026-01-24)
@@ -65,51 +65,51 @@
   <si>
     <t>Valoare buget stat proiecte</t>
   </si>
   <si>
     <t>Nr. Contracte</t>
   </si>
   <si>
     <t>Valoare totală contracte</t>
   </si>
   <si>
     <t>Valoare FEDR contracte</t>
   </si>
   <si>
     <t>Valoare buget stat contracte</t>
   </si>
   <si>
     <t>P1 - 1</t>
   </si>
   <si>
     <t>RSO1.1 - Dezvoltarea și sporirea capacităților de cercetare și inovare și adoptarea tehnologiilor avansate</t>
   </si>
   <si>
     <t>PRSM/ID/1/1/1.1/A</t>
   </si>
   <si>
-    <t>02.10.2025</t>
+    <t>24.01.2026</t>
   </si>
   <si>
     <t>2.490.412,78</t>
   </si>
   <si>
     <t>1.426.844,21</t>
   </si>
   <si>
     <t>251.796,04</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>14.06.2024</t>
   </si>