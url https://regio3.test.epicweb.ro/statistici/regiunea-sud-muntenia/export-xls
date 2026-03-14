--- v1 (2026-01-24)
+++ v2 (2026-03-14)
@@ -65,51 +65,51 @@
   <si>
     <t>Valoare buget stat proiecte</t>
   </si>
   <si>
     <t>Nr. Contracte</t>
   </si>
   <si>
     <t>Valoare totală contracte</t>
   </si>
   <si>
     <t>Valoare FEDR contracte</t>
   </si>
   <si>
     <t>Valoare buget stat contracte</t>
   </si>
   <si>
     <t>P1 - 1</t>
   </si>
   <si>
     <t>RSO1.1 - Dezvoltarea și sporirea capacităților de cercetare și inovare și adoptarea tehnologiilor avansate</t>
   </si>
   <si>
     <t>PRSM/ID/1/1/1.1/A</t>
   </si>
   <si>
-    <t>24.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>2.490.412,78</t>
   </si>
   <si>
     <t>1.426.844,21</t>
   </si>
   <si>
     <t>251.796,04</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>RSO1.3 - Intensificarea creșterii sustenabile și creșterea competitivității IMM-urilor și crearea de locuri de muncă în cadrul IMM-urilor, inclusiv prin investiții productive</t>
   </si>
   <si>
     <t>PRSM/160/PRSM_P1/OP1/RSO1.3/PRSM_A44</t>
   </si>
   <si>
     <t>15.03.2024</t>
   </si>
   <si>
     <t>14.06.2024</t>
   </si>